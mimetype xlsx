--- v0 (2026-01-07)
+++ v1 (2026-03-11)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Prestadores" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Alojamientos" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Atractivos Turísticos" sheetId="2" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -428,51 +428,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I9"/>
+  <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="9" customWidth="1" min="1" max="1"/>
     <col width="38" customWidth="1" min="2" max="2"/>
     <col width="21" customWidth="1" min="3" max="3"/>
     <col width="24" customWidth="1" min="4" max="4"/>
     <col width="21" customWidth="1" min="5" max="5"/>
     <col width="20" customWidth="1" min="6" max="6"/>
     <col width="8" customWidth="1" min="7" max="7"/>
     <col width="15" customWidth="1" min="8" max="8"/>
     <col width="80" customWidth="1" min="9" max="9"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Tipo</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
@@ -523,183 +523,186 @@
         </is>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Salón Howard Johnson Resort y Spa</t>
         </is>
       </c>
       <c r="C2" t="n">
         <v>3</v>
       </c>
       <c r="D2" t="n">
         <v>300</v>
       </c>
       <c r="E2" t="n">
         <v>500</v>
       </c>
       <c r="F2" t="n">
         <v>350</v>
       </c>
       <c r="I2" s="2" t="inlineStr">
         <is>
           <t>HOWARD JOHNSON ESCOBAR
 Dirección: COLECTORA ESTE N° 1155
 Tel: +543484420665 [fijo]
 Email: info@hjescobar.com.ar
-Web: www.hjescobar.com.ar</t>
+Redes: 7: https://www.hjescobar.com.ar</t>
         </is>
       </c>
     </row>
     <row r="3" ht="30" customHeight="1">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Espacio Mendoza</t>
         </is>
       </c>
       <c r="C3" t="n">
         <v>3</v>
       </c>
       <c r="E3" t="n">
         <v>200</v>
       </c>
       <c r="F3" t="n">
         <v>400</v>
       </c>
       <c r="I3" s="2" t="inlineStr">
         <is>
           <t>Espacio Mendoza
-Web: https://www.espaciomendoza.com/</t>
+Redes: 7: https://www.espaciomendoza.com/</t>
         </is>
       </c>
     </row>
     <row r="4" ht="30" customHeight="1">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Janos Escobar</t>
         </is>
       </c>
       <c r="C4" t="n">
         <v>1</v>
       </c>
       <c r="E4" t="n">
         <v>400</v>
       </c>
       <c r="F4" t="n">
         <v>200</v>
       </c>
       <c r="I4" s="2" t="inlineStr">
         <is>
           <t>Janos Escobar
-Web: https://janoseventos.com/viewVenue/e8q8oabgaselpn9ouqhu7nbi</t>
+Redes: 7: https://janoseventos.com/viewVenue/e8q8oabgaselpn9ouqhu7nbi</t>
         </is>
       </c>
     </row>
     <row r="5" ht="30" customHeight="1">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Sociedad Civil Fiesta de la Flor</t>
         </is>
       </c>
       <c r="C5" t="n">
         <v>5</v>
       </c>
       <c r="D5" t="n">
         <v>200</v>
       </c>
       <c r="F5" t="n">
         <v>200</v>
       </c>
       <c r="I5" s="2" t="inlineStr">
         <is>
           <t>Sociedad Civil Fiesta de la Flor
-Web: https://www.escobar.gob.ar/fnf/</t>
+Redes: 7: https://www.escobar.gob.ar/fnf/</t>
         </is>
       </c>
     </row>
     <row r="6" ht="30" customHeight="1">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Salón Hostería El Cazador</t>
+          <t>Fundación Temaikén</t>
         </is>
       </c>
       <c r="C6" t="n">
-        <v>4</v>
+        <v>14</v>
+      </c>
+      <c r="E6" t="n">
+        <v>500</v>
       </c>
       <c r="F6" t="n">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="I6" s="2" t="inlineStr">
         <is>
-          <t>Hostería El Cazador
-Web: https://hosteriaelcazador.com.ar/</t>
+          <t>Temaiken
+Redes: 7: https://fundaciontemaiken.org.ar/</t>
         </is>
       </c>
     </row>
     <row r="7" ht="75" customHeight="1">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Salón Las Clavelinas Hotel y Eventos</t>
         </is>
       </c>
       <c r="C7" t="n">
         <v>4</v>
       </c>
       <c r="D7" t="n">
         <v>50</v>
       </c>
       <c r="I7" s="2" t="inlineStr">
         <is>
           <t>LAS CLAVELINAS
 Dirección: Colectora Oeste Km 43,500
 Tel: +543484441380 [fijo]
 Email: info@lasclavelinas.com
-Web: www.lasclavelinas.com</t>
+Redes: 7: https://www.lasclavelinas.com</t>
         </is>
       </c>
     </row>
     <row r="8" ht="30" customHeight="1">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Parque Masch</t>
         </is>
       </c>
       <c r="C8" t="n">
         <v>2</v>
       </c>
       <c r="D8" t="n">
         <v>180</v>
       </c>
       <c r="E8" t="n">
         <v>200</v>
       </c>
       <c r="F8" t="n">
         <v>100</v>
@@ -715,179 +718,175 @@
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Salones</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Ymcahuasi Eventos</t>
         </is>
       </c>
       <c r="C9" t="n">
         <v>1</v>
       </c>
       <c r="D9" t="n">
         <v>300</v>
       </c>
       <c r="E9" t="n">
         <v>300</v>
       </c>
       <c r="F9" t="n">
         <v>200</v>
       </c>
       <c r="I9" s="2" t="inlineStr">
         <is>
           <t>Ymcahuasi Eventos
-Web: https://ymcahuasi-eventos.org.ar/</t>
+Redes: 7: https://ymcahuasi-eventos.org.ar/</t>
+        </is>
+      </c>
+    </row>
+    <row r="10" ht="30" customHeight="1">
+      <c r="A10" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Doble Cinco</t>
+        </is>
+      </c>
+      <c r="C10" t="n">
+        <v>2</v>
+      </c>
+      <c r="D10" t="n">
+        <v>65</v>
+      </c>
+      <c r="F10" t="n">
+        <v>48</v>
+      </c>
+      <c r="I10" s="2" t="inlineStr">
+        <is>
+          <t>Doble Cinco
+Redes: 2: https://www.instagram.com/doble55inco/?hl=es</t>
+        </is>
+      </c>
+    </row>
+    <row r="11" ht="30" customHeight="1">
+      <c r="A11" s="2" t="inlineStr">
+        <is>
+          <t>Salones</t>
+        </is>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Salón Hostería El Cazador</t>
+        </is>
+      </c>
+      <c r="C11" t="n">
+        <v>4</v>
+      </c>
+      <c r="F11" t="n">
+        <v>500</v>
+      </c>
+      <c r="I11" s="2" t="inlineStr">
+        <is>
+          <t>Hostería El Cazador
+Redes: 7: https://hosteriaelcazador.com.ar/</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter>
+    <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Escobar</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:C2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="21" customWidth="1" min="1" max="1"/>
-[...6 lines deleted...]
-    <col width="80" customWidth="1" min="8" max="8"/>
+    <col width="10" customWidth="1" min="1" max="1"/>
+    <col width="80" customWidth="1" min="2" max="2"/>
+    <col width="80" customWidth="1" min="3" max="3"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Nombre</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t>Cantidad de salones</t>
+          <t>Descripción</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
-          <t>m2 del salón principal</t>
-[...23 lines deleted...]
-        <is>
           <t>Contacto</t>
         </is>
       </c>
     </row>
-    <row r="2" ht="105" customHeight="1">
+    <row r="2" ht="45" customHeight="1">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Temaiken</t>
         </is>
       </c>
-      <c r="B2" t="n">
-[...49 lines deleted...]
-Redes: 2: https://www.instagram.com/doble55inco/?hl=es</t>
+      <c r="B2" s="2" t="inlineStr">
+        <is>
+          <t>Es el zoológico y parque de conservación más importante de Latinoamérica, destacado por su enfoque en la preservación de especies y la interacción con la naturaleza. Diseñado para sorprender al visitante, permite observar a los animales en condiciones similares a su hábitat natural.</t>
+        </is>
+      </c>
+      <c r="C2" s="2" t="inlineStr">
+        <is>
+          <t>TEMAIKEN
+Tel: +543484436900 [fijo]
+Redes: 7: https://www.temaiken.org.ar/bioparque</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
+  <headerFooter>
+    <oddHeader>&amp;C&amp;"Arial,Bold"&amp;16 Turismo Reuniones e Incentivos - Escobar</oddHeader>
+    <oddFooter/>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>